--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a37165ccee54c76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2166088ab2304944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c8aa5b64034f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a7abe987cf4acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f6aaff7cfb409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c8aa5b64034f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b31dca98b242cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a7abe987cf4acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>