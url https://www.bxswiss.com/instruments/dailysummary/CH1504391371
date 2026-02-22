--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2166088ab2304944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424ec23849364181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a7abe987cf4acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110c19fb4baa465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b31dca98b242cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a7abe987cf4acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968496fcd4d7416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110c19fb4baa465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>0,621</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>