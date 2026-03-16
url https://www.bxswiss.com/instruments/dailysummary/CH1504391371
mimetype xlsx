--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424ec23849364181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0373069ccded42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110c19fb4baa465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf72ca41446d4418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968496fcd4d7416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110c19fb4baa465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e30bcc27df3405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf72ca41446d4418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>0,112</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,071</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>