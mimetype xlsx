--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033ae2f0ddf04992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0018e483f4c545c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3924f5386bd94845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7faeb7944014b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e040968c5e41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3924f5386bd94845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10e083180bf4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7faeb7944014b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,127</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,871</x:t>
-[...97 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,663</x:t>
-[...269 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>