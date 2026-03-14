--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0018e483f4c545c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd9eb7f6af3456b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7faeb7944014b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re959b89c3b234c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10e083180bf4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7faeb7944014b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ed78c1dc6e4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re959b89c3b234c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>