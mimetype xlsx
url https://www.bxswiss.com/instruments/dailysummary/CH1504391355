--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f1de61cd8774e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009b7dac58c44540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d43ec52c684b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b56d5353d74cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c9cccad7fa44a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d43ec52c684b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb083f2f1ed14c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b56d5353d74cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>