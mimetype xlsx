--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R009b7dac58c44540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cf3b60a73d47a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b56d5353d74cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6255e9600e084816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb083f2f1ed14c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b56d5353d74cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0def1ef4e547c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6255e9600e084816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,801</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,773</x:t>
-[...16 lines deleted...]
-          <x:t>0,901</x:t>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...242 lines deleted...]
-          <x:t>0,879</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>