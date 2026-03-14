--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cf3b60a73d47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58cbc8bb890047bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6255e9600e084816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b583ef304bd46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0def1ef4e547c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6255e9600e084816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4372ee788401417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b583ef304bd46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,329</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,242</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>