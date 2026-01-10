--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84218b874bd14e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc325c1ab1ae4e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26948fc8ca0a4176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf8798b1d8ad4f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a2803b1a1d4f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26948fc8ca0a4176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ab1410073f43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf8798b1d8ad4f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>