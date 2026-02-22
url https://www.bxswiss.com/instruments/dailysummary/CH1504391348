--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc325c1ab1ae4e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba3c7f091e24143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf8798b1d8ad4f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757056a3427f4210"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ab1410073f43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf8798b1d8ad4f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594b2cad76ea42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757056a3427f4210" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,711</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>1,033</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>