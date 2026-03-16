--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba3c7f091e24143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f51fb9dd2eb40f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757056a3427f4210"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86eac54c8c894408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594b2cad76ea42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757056a3427f4210" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b16174f3f5c4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86eac54c8c894408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>