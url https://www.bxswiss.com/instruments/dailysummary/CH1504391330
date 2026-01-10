--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f24bbb29e544908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86fee3bcd07463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d628939c4c4c29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde14888d1db24105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae876270266045d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d628939c4c4c29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc4050bf18d41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde14888d1db24105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,362 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...83 lines deleted...]
-          <x:t>1,562</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,592</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>