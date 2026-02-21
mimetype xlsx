--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86fee3bcd07463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb535d3d9dc084656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde14888d1db24105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaccb8339bfc4859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc4050bf18d41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde14888d1db24105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9f0696480f04b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaccb8339bfc4859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,841</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,829</x:t>
-[...274 lines deleted...]
-          <x:t>1,201</x:t>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>