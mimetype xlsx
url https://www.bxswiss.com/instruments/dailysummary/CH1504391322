--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0753d854b04882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653b6c26bce34afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcf746aebae445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7566badd4d1497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e017a18fd94e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcf746aebae445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f4fce43b1246d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7566badd4d1497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,350 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,112</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>1,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,869</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>