--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653b6c26bce34afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392f702a1ec34856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7566badd4d1497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb2b261422b2469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f4fce43b1246d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7566badd4d1497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f704166b70492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb2b261422b2469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,493</x:t>
-[...112 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,267</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>