--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392f702a1ec34856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8e416d92a24972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb2b261422b2469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bcede490e67485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f704166b70492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb2b261422b2469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd51a912bc3e40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bcede490e67485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>