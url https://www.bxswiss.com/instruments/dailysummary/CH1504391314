--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03f497d0ba99439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aaef98163e5426c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646a757428b74f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac003f28d4f423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1eec39203a1467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646a757428b74f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5170213f03804bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac003f28d4f423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,811</x:t>
-[...281 lines deleted...]
-          <x:t>1,249</x:t>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,241</x:t>
-[...112 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>