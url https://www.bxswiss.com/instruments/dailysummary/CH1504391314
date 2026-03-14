--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aaef98163e5426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11086514c424a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac003f28d4f423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82413a19c30e425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5170213f03804bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac003f28d4f423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493549ad100942c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82413a19c30e425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,679</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>