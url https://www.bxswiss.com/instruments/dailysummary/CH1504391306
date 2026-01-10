--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610c6a4930ff463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1336ae7989c486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2bf0433c3749cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc159443fe08419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9dfa25efe8f4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2bf0433c3749cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0a09788ba843ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc159443fe08419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,355 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,252</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>2,254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>