--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1336ae7989c486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ab73677d0c4505" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc159443fe08419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6a9094e1d14008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0a09788ba843ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc159443fe08419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9119b0774c5441ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6a9094e1d14008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,963</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>1,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,641</x:t>
-[...87 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,819</x:t>
-[...9 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>