--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ab73677d0c4505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb629dc440fe04464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6a9094e1d14008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4495cbef554bdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9119b0774c5441ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6a9094e1d14008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f9f258dc704e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4495cbef554bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,361</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>0,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>