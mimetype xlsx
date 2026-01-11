--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a853fbf1f049c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bacd9dcaf943bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re269b5c7379c4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6365ebb9dc4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d4bcde316694438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re269b5c7379c4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b9f03e939644778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6365ebb9dc4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,370 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...83 lines deleted...]
-          <x:t>2,286</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,328</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,387</x:t>
@@ -644,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>