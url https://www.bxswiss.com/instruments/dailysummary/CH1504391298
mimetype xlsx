--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bacd9dcaf943bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71456c1987564fe4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6365ebb9dc4f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd190b684fda843e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b9f03e939644778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6365ebb9dc4f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1fad2f92c24473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd190b684fda843e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,591</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,591</x:t>
-[...21 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,479</x:t>
-[...296 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>