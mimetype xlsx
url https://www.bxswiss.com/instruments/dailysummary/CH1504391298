--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71456c1987564fe4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda296754c8a4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd190b684fda843e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c19541230f4896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1fad2f92c24473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd190b684fda843e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b3fe66f8c04825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c19541230f4896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
-[...102 lines deleted...]
-          <x:t>0,773</x:t>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,741</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,647</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>