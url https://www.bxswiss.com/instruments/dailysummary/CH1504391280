--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e38cfc199b4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cc876d5e594d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbf5cffcdd9445f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4dc54a2ce344aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e6bb450bc64205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbf5cffcdd9445f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa1d3cb1a2d4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4dc54a2ce344aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>