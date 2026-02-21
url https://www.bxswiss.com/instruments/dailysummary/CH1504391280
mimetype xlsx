--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cc876d5e594d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbaf48a846e648fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4dc54a2ce344aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf515ce253e64fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa1d3cb1a2d4573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4dc54a2ce344aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb4bd00197d4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf515ce253e64fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,849</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,233</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>