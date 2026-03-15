--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbaf48a846e648fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75c469bac4a410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf515ce253e64fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90e15532c494b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb4bd00197d4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf515ce253e64fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d2704ccd6e4054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90e15532c494b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>