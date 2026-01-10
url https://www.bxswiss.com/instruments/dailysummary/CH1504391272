--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e1dc7271972412c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5299d87347e4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc50a1a2d06441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87105d47a17042d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd58f798092b4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc50a1a2d06441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22275b56ed664219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87105d47a17042d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,331 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,984</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,908</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>