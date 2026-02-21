--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5299d87347e4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34897e497ae543b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87105d47a17042d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e12ef4d85b74b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22275b56ed664219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87105d47a17042d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27a1eb828ce485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e12ef4d85b74b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...80 lines deleted...]
-          <x:t>2,563</x:t>
+          <x:t>1,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,467</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>