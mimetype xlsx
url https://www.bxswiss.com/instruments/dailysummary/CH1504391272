--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34897e497ae543b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e05e1b77e841da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e12ef4d85b74b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb81713a52464ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc27a1eb828ce485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e12ef4d85b74b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5394e14d324bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb81713a52464ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>