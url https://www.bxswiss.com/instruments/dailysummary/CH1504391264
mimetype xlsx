--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d4cdfb0122445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21347bb3e665440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f09b7125bb94847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd8d394f0d14b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296e43f5fadd43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f09b7125bb94847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ce35cd268f4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd8d394f0d14b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,353 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>2,912</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,872</x:t>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,803</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>