--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21347bb3e665440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8408343e8cba42f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd8d394f0d14b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcc44cce1c64eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ce35cd268f4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd8d394f0d14b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e9186ec3a5a4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcc44cce1c64eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>2,173</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,173</x:t>
-[...102 lines deleted...]
-          <x:t>2,773</x:t>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,647</x:t>
-[...215 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>