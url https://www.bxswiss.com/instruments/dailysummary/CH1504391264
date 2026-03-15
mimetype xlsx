--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8408343e8cba42f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c0da24182d43bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcc44cce1c64eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b7ec369edf43ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e9186ec3a5a4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcc44cce1c64eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b83bff9a324ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b7ec369edf43ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504391264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>