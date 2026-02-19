--- v0 (2026-01-11)
+++ v1 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0f889ca3b14c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67c875ab0f84024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb71218f0374ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531146a1490b47cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf57e224706eb48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb71218f0374ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b46904e891b4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531146a1490b47cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504390753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,200</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,208</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,198</x:t>
-[...350 lines deleted...]
-          <x:t>0,148</x:t>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>