--- v1 (2026-02-19)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67c875ab0f84024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9201192bc57c4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531146a1490b47cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a37023b9644414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b46904e891b4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531146a1490b47cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c81415cc1c479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a37023b9644414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504390753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>0,136</x:t>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>0,152</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,150</x:t>
-[...16 lines deleted...]
-          <x:t>0,222</x:t>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,172</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>