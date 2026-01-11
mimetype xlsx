--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bc3d6129a0491e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648b1758df224880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f8c445b49547bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree73b65e6d864ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1720ff4fa5a4e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f8c445b49547bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499192462130470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree73b65e6d864ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504385241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...42 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...478 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>