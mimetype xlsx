--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648b1758df224880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79a32c041ea46a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree73b65e6d864ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca7f239008c4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499192462130470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree73b65e6d864ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1607c3713ce4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca7f239008c4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504385241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>