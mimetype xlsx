--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb512da6a29ee42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65b8ecae70a4ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3600a0cf7bd8463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a27bbba698641cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387a99f06d08408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3600a0cf7bd8463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R411cf692cdf24bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a27bbba698641cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Alcon, Sonova, Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1493982677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,960</x:t>
-[...11 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...43 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,310</x:t>
-[...340 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,920</x:t>
-[...63 lines deleted...]
-          <x:t>98,830</x:t>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>