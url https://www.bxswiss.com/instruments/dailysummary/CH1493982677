--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65b8ecae70a4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f764639b5d4689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a27bbba698641cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1df54b4cfe4ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R411cf692cdf24bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a27bbba698641cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1088a244197843fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1df54b4cfe4ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Alcon, Sonova, Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1493982677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,980</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...60 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>100,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>