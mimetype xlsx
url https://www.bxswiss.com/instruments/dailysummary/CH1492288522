--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ec445c2593402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f804d54aa8c4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa679d4c7b34a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc455a438848c44fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb7734c2eecc4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa679d4c7b34a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1f34492ba34465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc455a438848c44fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,493 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...180 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>1,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...107 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>