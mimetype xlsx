--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f804d54aa8c4dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2ae120ec044f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc455a438848c44fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90405879343f4741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1f34492ba34465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc455a438848c44fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5546e779d5de4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90405879343f4741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...75 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...80 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>