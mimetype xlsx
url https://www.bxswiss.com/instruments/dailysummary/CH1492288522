--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2ae120ec044f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d22ef78d3274246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90405879343f4741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3694a4f3fc49e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5546e779d5de4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90405879343f4741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c0c7ff2af144bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3694a4f3fc49e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>