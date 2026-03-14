--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d22ef78d3274246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64038d7a40294a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3694a4f3fc49e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a9a541ce384cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c0c7ff2af144bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3694a4f3fc49e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc96627fdb1d47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a9a541ce384cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,073</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,110</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,065</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>