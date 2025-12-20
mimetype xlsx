--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac89e7dfed3c4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06ce1dd27d94a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc7cb2daa0764256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5a5878efb748ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd434f643c5d442ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc7cb2daa0764256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62626cd577b944d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5a5878efb748ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,493 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...212 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>