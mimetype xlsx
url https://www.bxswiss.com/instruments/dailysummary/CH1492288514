--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06ce1dd27d94a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5306a4cd30484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5a5878efb748ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83017474d4f4a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62626cd577b944d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5a5878efb748ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff25deefb1b4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83017474d4f4a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>