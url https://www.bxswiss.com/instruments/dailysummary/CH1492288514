--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5306a4cd30484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27df894a5c0c42f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83017474d4f4a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418f2b7bc6414619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff25deefb1b4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83017474d4f4a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fdb52c1e9a441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418f2b7bc6414619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...438 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...80 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>