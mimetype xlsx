--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27df894a5c0c42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336fd39689b44531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418f2b7bc6414619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2634f6339a01478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fdb52c1e9a441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418f2b7bc6414619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4096dfd5ceb34b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2634f6339a01478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>