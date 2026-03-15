--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336fd39689b44531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c7b9fd14cd4ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2634f6339a01478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31158bb3ee14dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4096dfd5ceb34b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2634f6339a01478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2343b69e9e44d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31158bb3ee14dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492288514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,008</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,007</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
@@ -744,50 +312,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>