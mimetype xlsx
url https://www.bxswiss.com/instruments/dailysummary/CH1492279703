--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a060f0bd0b49de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6159b9ec5af047a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcae510df663472f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a4516260e14d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e4870440ff4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcae510df663472f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5bc3273be14d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a4516260e14d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on ThyssenKrupp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492279703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>