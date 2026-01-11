--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6159b9ec5af047a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1374a49c62a4ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a4516260e14d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114fa3c1cda049f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5bc3273be14d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a4516260e14d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8d8980381d48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114fa3c1cda049f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on ThyssenKrupp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492279703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...70 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>31.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...53 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...188 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>