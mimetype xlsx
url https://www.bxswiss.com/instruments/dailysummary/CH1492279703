--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1374a49c62a4ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f581353db94668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114fa3c1cda049f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ed15a007e141ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8d8980381d48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114fa3c1cda049f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0192355d09de4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ed15a007e141ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on ThyssenKrupp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492279703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>