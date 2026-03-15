--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f581353db94668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4573c703f34d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ed15a007e141ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1e7a5b0ecc403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0192355d09de4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ed15a007e141ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R451285e60aa24dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1e7a5b0ecc403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on ThyssenKrupp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492279703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>