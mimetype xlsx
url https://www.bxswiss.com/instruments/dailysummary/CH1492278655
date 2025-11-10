--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f439e849ff64027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6666612c7b8a4fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61492af62ee7403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602787e9306345c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7611d2c4b804c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61492af62ee7403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra17fa3daf9174f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602787e9306345c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,459 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>