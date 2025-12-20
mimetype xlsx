--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6666612c7b8a4fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a95555483bf4330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602787e9306345c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572cc225daf94249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra17fa3daf9174f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602787e9306345c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b721943a70f4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572cc225daf94249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...426 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>