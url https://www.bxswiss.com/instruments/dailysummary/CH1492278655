--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a95555483bf4330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d483ebd1a0d4def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572cc225daf94249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf451637c3b674b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b721943a70f4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572cc225daf94249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b360ebcfa7450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf451637c3b674b77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...21 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>