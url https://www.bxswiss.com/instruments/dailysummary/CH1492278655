--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d483ebd1a0d4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6433b89d344955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf451637c3b674b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cc6cfa15244741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b360ebcfa7450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf451637c3b674b77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd039f9433288476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cc6cfa15244741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,122</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,138</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,104</x:t>
-[...92 lines deleted...]
-          <x:t>0,074</x:t>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,067</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>0,080</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>