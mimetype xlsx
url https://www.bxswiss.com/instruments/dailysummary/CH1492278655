--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6433b89d344955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc085e4d53b3e4709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cc6cfa15244741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f89c9ca8cfd4622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd039f9433288476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cc6cfa15244741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d586eb0f6e40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f89c9ca8cfd4622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,071</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,060</x:t>
-[...11 lines deleted...]
-          <x:t>0,061</x:t>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,059</x:t>
-[...26 lines deleted...]
-          <x:t>0,052</x:t>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,061</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,049</x:t>
-[...328 lines deleted...]
-          <x:t>0,080</x:t>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>