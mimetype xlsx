--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref06b5fd6e204411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a030735e7c74c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5a121fa9074308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ab0cfe5c3549d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a7e786692a41e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5a121fa9074308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c87082ddda44abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ab0cfe5c3549d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...132 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>