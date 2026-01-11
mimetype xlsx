--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a030735e7c74c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48d3a7147b947da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ab0cfe5c3549d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd55108b76d14902"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c87082ddda44abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ab0cfe5c3549d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a6b5f9a68a45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd55108b76d14902" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,015</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>1,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>