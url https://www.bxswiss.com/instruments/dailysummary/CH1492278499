--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48d3a7147b947da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b5e1b046224fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd55108b76d14902"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90481aee47774d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a6b5f9a68a45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd55108b76d14902" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c79dda5ba564687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90481aee47774d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,965</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>1,900</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...31 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>