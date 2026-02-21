--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b5e1b046224fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5829ca17ccaf4f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90481aee47774d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd59418e5274391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c79dda5ba564687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90481aee47774d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd48d7b6f794595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd59418e5274391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,124 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,385</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,145</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
         </x:is>
       </x:c>
@@ -744,50 +717,77 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>