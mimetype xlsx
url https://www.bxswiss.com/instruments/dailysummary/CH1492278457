--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2c092d769f4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67159d9360c14484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cca0c75fd0d4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65402683ce504d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fba4c9600294e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cca0c75fd0d4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469382a81d9e453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65402683ce504d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,459 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>