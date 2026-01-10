--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67159d9360c14484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf4035a750647c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65402683ce504d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e5f040b51f477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469382a81d9e453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65402683ce504d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9bad573be4c4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e5f040b51f477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...82 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>1,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>