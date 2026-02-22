--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf4035a750647c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7e1f9131aa481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e5f040b51f477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e29dbae905f414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9bad573be4c4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e5f040b51f477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b0722c610c4c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e29dbae905f414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>