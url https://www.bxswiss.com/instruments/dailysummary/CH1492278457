--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7e1f9131aa481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb111e62707342c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e29dbae905f414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a696e91766d4ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b0722c610c4c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e29dbae905f414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e32be319b8e4154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a696e91766d4ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,200</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...75 lines deleted...]
-          <x:t>0,092</x:t>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,122</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,082</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,087</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,096</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>0,093</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>