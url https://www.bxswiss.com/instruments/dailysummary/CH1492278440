--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13236666386f4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8b1e693dd0464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ef4cda93114f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b151ab6c1524715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2a952ab0c44a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ef4cda93114f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1094d0a7b39148fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b151ab6c1524715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,459 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>