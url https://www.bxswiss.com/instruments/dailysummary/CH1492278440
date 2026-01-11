--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8b1e693dd0464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185cf032f0774071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b151ab6c1524715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a9754ee4d346d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1094d0a7b39148fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b151ab6c1524715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0129acc18c14842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a9754ee4d346d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...426 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>