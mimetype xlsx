--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185cf032f0774071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4063c1c07b794dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a9754ee4d346d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbca9743a38445b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0129acc18c14842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a9754ee4d346d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b6a3955884a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbca9743a38445b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,395</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>