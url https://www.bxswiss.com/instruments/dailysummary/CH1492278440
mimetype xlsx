--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4063c1c07b794dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa17fbc8b314b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbca9743a38445b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1a98573fc642a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b6a3955884a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbca9743a38445b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a4cd98ac6c4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1a98573fc642a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,016</x:t>
+          <x:t>0,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,013</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,012</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
@@ -744,50 +312,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>