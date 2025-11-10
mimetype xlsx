--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1179789ecad44c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0555df3cdaac4c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2333d5b52e3492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e1053d318e4cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396ca5ff6c1f4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2333d5b52e3492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268fbf6c4d8f46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e1053d318e4cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,459 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>