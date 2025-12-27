--- v1 (2025-11-10)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0555df3cdaac4c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7db47b8d14438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e1053d318e4cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8f1b54e96a46d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268fbf6c4d8f46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e1053d318e4cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fd1295cc89545ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8f1b54e96a46d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...43 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...97 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...33 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>