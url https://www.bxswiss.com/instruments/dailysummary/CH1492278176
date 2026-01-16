--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7db47b8d14438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a7dbd194104e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8f1b54e96a46d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra42a756264734c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fd1295cc89545ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8f1b54e96a46d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41538e68961d4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra42a756264734c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...16 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...102 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,300</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>