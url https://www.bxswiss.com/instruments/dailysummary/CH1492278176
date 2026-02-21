--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a7dbd194104e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bd401eb66b444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra42a756264734c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe0b95952884552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41538e68961d4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra42a756264734c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d5306e7fa491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe0b95952884552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,330</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...16 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,350</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,360</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>0,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>