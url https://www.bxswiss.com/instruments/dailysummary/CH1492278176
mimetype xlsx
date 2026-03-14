--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bd401eb66b444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633aea5e07da4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe0b95952884552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40724e7959064961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d5306e7fa491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe0b95952884552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67681fdeb7124748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40724e7959064961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1492278176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...603 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>