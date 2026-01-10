--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc989831d70eb450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816ea27525094dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reda1367a5646412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb637b5a554394794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bcf09717f5d4423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reda1367a5646412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd725f49a6e744e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb637b5a554394794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491789702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...190 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,595</x:t>
-[...31 lines deleted...]
-          <x:t>103,080</x:t>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>103,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,755</x:t>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>103,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,505</x:t>
-[...53 lines deleted...]
-          <x:t>104,025</x:t>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>104,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>