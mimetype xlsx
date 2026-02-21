--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816ea27525094dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564e200e0d364b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb637b5a554394794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d39bad1d374c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd725f49a6e744e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb637b5a554394794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b7abe6c5b1741c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d39bad1d374c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491789702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>103,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>104,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,935</x:t>
-[...11 lines deleted...]
-          <x:t>103,755</x:t>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,485</x:t>
-[...409 lines deleted...]
-          <x:t>104,680</x:t>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>