--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra701f6155ba74881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a9230c82744564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a250cf5fbed4de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1729f7f4ad134bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ee8387a9474be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a250cf5fbed4de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906012fa05da4378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1729f7f4ad134bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...60 lines deleted...]
-          <x:t>100,260</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,150</x:t>
-[...70 lines deleted...]
-          <x:t>101,405</x:t>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,355</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>