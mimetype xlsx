--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a9230c82744564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83875c3d5c104d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1729f7f4ad134bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c147dd7c5641d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906012fa05da4378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1729f7f4ad134bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7e7ceddb534272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c147dd7c5641d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>100,060</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,680</x:t>
-[...16 lines deleted...]
-          <x:t>99,770</x:t>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,560</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>