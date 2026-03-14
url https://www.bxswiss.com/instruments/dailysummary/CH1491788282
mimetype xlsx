--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83875c3d5c104d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re577376505384cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c147dd7c5641d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217d7aeef99049ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7e7ceddb534272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c147dd7c5641d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fa6f3fef3046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217d7aeef99049ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>97,680</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,150</x:t>
-[...48 lines deleted...]
-          <x:t>96,630</x:t>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,700</x:t>
-[...296 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>