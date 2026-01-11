--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf775b7e6f646d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019a5f454d6a4386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7ab84bf5124065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38f7eb9b7264889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2442462f458d425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7ab84bf5124065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8853f18e798442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38f7eb9b7264889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.42% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...96 lines deleted...]
-          <x:t>99,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>100,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>