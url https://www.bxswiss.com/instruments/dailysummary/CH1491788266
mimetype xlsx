--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019a5f454d6a4386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red246e789d8044cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38f7eb9b7264889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88af8bfc319c432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8853f18e798442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38f7eb9b7264889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae37a381c034b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88af8bfc319c432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.42% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,060</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>