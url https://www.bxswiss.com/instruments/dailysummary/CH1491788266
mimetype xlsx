--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red246e789d8044cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c0d1108c594bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88af8bfc319c432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0f4646b6c1d4e0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae37a381c034b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88af8bfc319c432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf78c6cf66ef4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0f4646b6c1d4e0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.42% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491788266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>97,720</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,950</x:t>
-[...97 lines deleted...]
-          <x:t>96,530</x:t>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>94,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,770</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>