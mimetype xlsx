--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb378c325d26d4d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1150a136a3f74486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09592160dd274d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a414bc71fa4d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf145b59ba9bf4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09592160dd274d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72be4ae64dfa4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a414bc71fa4d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491785486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,593 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...146 lines deleted...]
-          <x:t>95,340</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,930</x:t>
-[...259 lines deleted...]
-          <x:t>97,760</x:t>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
@@ -744,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>