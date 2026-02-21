--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1150a136a3f74486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd965582d498349d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a414bc71fa4d32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0be4a58806149f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72be4ae64dfa4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a414bc71fa4d32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a88c254bcfb4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0be4a58806149f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491785486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>101,705</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,675</x:t>
-[...21 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>103,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>103,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>