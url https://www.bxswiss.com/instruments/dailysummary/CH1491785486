--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd965582d498349d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cea0c79a2804b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0be4a58806149f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27d6395e93f541ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a88c254bcfb4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0be4a58806149f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecf61a9d8a244f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27d6395e93f541ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491785486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>100,905</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>