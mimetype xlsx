--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1687f3b9a2c4e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127b8750982a4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad0591e6fff9493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf596ecdec4c949a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdd7853eb5745f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad0591e6fff9493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d3b1b7875443bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf596ecdec4c949a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,150</x:t>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,540</x:t>
-[...65 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,770</x:t>
-[...544 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>