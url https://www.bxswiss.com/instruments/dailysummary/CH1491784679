--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127b8750982a4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4bde1b64d84027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf596ecdec4c949a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ada49c9435f454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d3b1b7875443bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf596ecdec4c949a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42df4008507f4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ada49c9435f454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>99,200</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>98,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,310</x:t>
-[...33 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,720</x:t>
-[...9 lines deleted...]
-          <x:t>98,620</x:t>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>