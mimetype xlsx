--- v2 (2026-02-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4bde1b64d84027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc753c5d181fa4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ada49c9435f454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfba125c8770459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42df4008507f4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ada49c9435f454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdacbdddd78440c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfba125c8770459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>