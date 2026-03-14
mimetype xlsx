--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc753c5d181fa4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915f94345ac64cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfba125c8770459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R332e31f4a3184e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdacbdddd78440c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfba125c8770459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e40093f47a4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R332e31f4a3184e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>98,220</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,020</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>