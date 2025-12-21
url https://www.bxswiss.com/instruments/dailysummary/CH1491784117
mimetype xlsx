--- v0 (2025-11-07)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e884e5349d430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a743cafb014a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68d9d22ad57416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975989289303423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e56c3edfa54b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68d9d22ad57416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1ed00548b114b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975989289303423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.07% p.a. Multi Barrier Reverse Convertible on Intel, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,213 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...180 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>