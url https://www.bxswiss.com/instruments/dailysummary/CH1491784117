--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a743cafb014a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447f221987b64b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975989289303423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cf5b72e06a5447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1ed00548b114b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975989289303423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d183514503c4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cf5b72e06a5447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.07% p.a. Multi Barrier Reverse Convertible on Intel, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...585 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,100</x:t>
-[...9 lines deleted...]
-          <x:t>95,670</x:t>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>