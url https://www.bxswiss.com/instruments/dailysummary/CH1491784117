--- v2 (2026-01-11)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447f221987b64b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded2306fb1a84d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cf5b72e06a5447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16f484e36974226"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d183514503c4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cf5b72e06a5447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94448a28f93348c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16f484e36974226" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.07% p.a. Multi Barrier Reverse Convertible on Intel, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,530</x:t>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>95,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>95,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>