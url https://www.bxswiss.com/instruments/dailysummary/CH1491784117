--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded2306fb1a84d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b431b7e1ad428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16f484e36974226"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb5b84a1ddd4b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94448a28f93348c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16f484e36974226" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415fbab3f42b4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb5b84a1ddd4b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.07% p.a. Multi Barrier Reverse Convertible on Intel, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>94,480</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>92,630</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>