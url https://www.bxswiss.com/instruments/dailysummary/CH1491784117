--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b431b7e1ad428b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5308967ba4344b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb5b84a1ddd4b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R640ed20fc49b493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415fbab3f42b4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb5b84a1ddd4b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b71aede5d594809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R640ed20fc49b493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.07% p.a. Multi Barrier Reverse Convertible on Intel, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491784117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>92,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,800</x:t>
-[...198 lines deleted...]
-          <x:t>94,630</x:t>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>