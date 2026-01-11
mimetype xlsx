--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8f0f505d2343c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307f4e0d7a864c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf395a08c5df347be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbdc5b0591514230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cedea7ff625446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf395a08c5df347be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad75f72f28a45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbdc5b0591514230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,425</x:t>
-[...496 lines deleted...]
-        <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,785</x:t>
-[...63 lines deleted...]
-          <x:t>101,615</x:t>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>