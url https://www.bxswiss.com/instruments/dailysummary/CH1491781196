--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307f4e0d7a864c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca1a252ab30476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbdc5b0591514230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c79f2e445248f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad75f72f28a45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbdc5b0591514230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f856ec14bc24b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c79f2e445248f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>105,140</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,100</x:t>
-[...33 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>105,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>