--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca1a252ab30476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c365c1fb07148c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c79f2e445248f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9488362aa8f47a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f856ec14bc24b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c79f2e445248f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da0a8ef94bd47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9488362aa8f47a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on MP Materials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>