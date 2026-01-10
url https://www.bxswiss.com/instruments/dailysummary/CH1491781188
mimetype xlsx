--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c9bb1fe3834812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a985e8937742be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e40e5f0f1874266"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dbe23f6de644486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf9dcaabc8643d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e40e5f0f1874266" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e68a3d209b4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dbe23f6de644486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>98,020</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,570</x:t>
-[...215 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>