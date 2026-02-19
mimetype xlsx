--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a985e8937742be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91b59a7ee8d45d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dbe23f6de644486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126b85821d834a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e68a3d209b4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dbe23f6de644486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra853ece58cfa47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126b85821d834a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,670</x:t>
-[...4 lines deleted...]
-          <x:t>98,960</x:t>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>100,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>101,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>