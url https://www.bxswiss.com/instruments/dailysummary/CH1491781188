--- v2 (2026-02-19)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91b59a7ee8d45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R227e00f3fead4aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126b85821d834a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35520e92c4f34152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra853ece58cfa47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126b85821d834a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bab315d764b498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35520e92c4f34152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. Barrier Reverse Convertible on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491781188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>100,460</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>99,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,630</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>