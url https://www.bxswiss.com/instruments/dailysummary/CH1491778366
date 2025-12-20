--- v0 (2025-11-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c04fabf831b4627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918ad2beed4b4dcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8e291698d14cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785dd9e3491a4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a471e2e917405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8e291698d14cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a4193d2cdc4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785dd9e3491a4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,213 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...180 lines deleted...]
-          <x:t>99,950</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>