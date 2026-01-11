--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918ad2beed4b4dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242793cca89f4f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785dd9e3491a4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b9cacd38504c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a4193d2cdc4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785dd9e3491a4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0789e063b4524ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b9cacd38504c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,355</x:t>
-[...97 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>101,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,525</x:t>
-[...58 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>102,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>