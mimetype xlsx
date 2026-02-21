--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242793cca89f4f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156683a3ea4e4378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b9cacd38504c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f087590d2845b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0789e063b4524ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b9cacd38504c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2ebecdcda64d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f087590d2845b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>101,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>101,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,325</x:t>
-[...328 lines deleted...]
-          <x:t>102,060</x:t>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>