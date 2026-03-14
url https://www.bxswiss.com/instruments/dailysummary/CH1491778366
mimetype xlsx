--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156683a3ea4e4378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e060955e72f403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f087590d2845b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22825a4b7fe5400a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c2ebecdcda64d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f087590d2845b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889ef97c998240b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22825a4b7fe5400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>99,340</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,340</x:t>
-[...242 lines deleted...]
-          <x:t>98,940</x:t>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>