--- v0 (2025-11-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R591b8ae9a4d246e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a97a09018048c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd864a477fa94348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e27f7970ac439b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42be9806b05b4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd864a477fa94348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5205d1c0a9054d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e27f7970ac439b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,213 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...180 lines deleted...]
-          <x:t>99,360</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>