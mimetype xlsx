--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a97a09018048c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d8f833658a4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4e27f7970ac439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f21183df91e4c0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5205d1c0a9054d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4e27f7970ac439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d82cded9bce4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f21183df91e4c0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,490</x:t>
-[...119 lines deleted...]
-          <x:t>98,250</x:t>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,140</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>98,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,060</x:t>
-[...247 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>