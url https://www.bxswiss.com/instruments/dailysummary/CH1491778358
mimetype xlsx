--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d8f833658a4a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34924e00e8434804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f21183df91e4c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3248aa6fabc4327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d82cded9bce4e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f21183df91e4c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0e093621994663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3248aa6fabc4327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>100,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>