--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34924e00e8434804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b22d90e3dfe47fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3248aa6fabc4327"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc95ff612f5048b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0e093621994663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3248aa6fabc4327" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dd496e232940a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc95ff612f5048b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491778358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>