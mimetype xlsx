--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd914fab71d464276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13176aa9573c4ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra239a83486f64fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7952a11dd3e8462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef5d64858f34803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra239a83486f64fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f4016ad0524169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7952a11dd3e8462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,565</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,015</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>