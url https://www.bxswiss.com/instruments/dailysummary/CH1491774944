--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13176aa9573c4ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2820946f07fa43c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7952a11dd3e8462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce34d9e1a6584915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f4016ad0524169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7952a11dd3e8462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de9ec49a8734d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce34d9e1a6584915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>104,790</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,610</x:t>
-[...112 lines deleted...]
-          <x:t>104,750</x:t>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>