--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2820946f07fa43c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35367c9fa4d4138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce34d9e1a6584915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a141988f04743d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de9ec49a8734d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce34d9e1a6584915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825dac6acdb648a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a141988f04743d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>