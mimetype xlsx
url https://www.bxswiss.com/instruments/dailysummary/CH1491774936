--- v0 (2025-11-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c6ba8437574cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc45f812ba134f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccbfc32d58194a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327d565c95984de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bfeb969cf444ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccbfc32d58194a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fd515553dc468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327d565c95984de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>101,085</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>