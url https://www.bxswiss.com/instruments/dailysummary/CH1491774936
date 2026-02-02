--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc45f812ba134f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1053e6b40446a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327d565c95984de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd38a98a7e4a4105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9fd515553dc468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327d565c95984de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a5f4cffe33414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd38a98a7e4a4105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,555</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>103,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>103,555</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,555</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>103,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>103,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>104,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,125</x:t>
-[...4 lines deleted...]
-          <x:t>104,295</x:t>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>