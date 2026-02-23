--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1053e6b40446a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9e1afe53924c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd38a98a7e4a4105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ca872d76fe4f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a5f4cffe33414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd38a98a7e4a4105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4258474097ce4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ca872d76fe4f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>104,185</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,125</x:t>
-[...11 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,125</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>104,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>104,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>104,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,225</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>104,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,375</x:t>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>