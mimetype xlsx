--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9e1afe53924c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d88360f18a46eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ca872d76fe4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c4dc762ce84f9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4258474097ce4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ca872d76fe4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ea24e5ab2144758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c4dc762ce84f9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491774936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,825</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,990</x:t>
-[...222 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,960</x:t>
-[...90 lines deleted...]
-          <x:t>102,100</x:t>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>