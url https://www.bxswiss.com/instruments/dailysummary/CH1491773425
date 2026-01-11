--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b5f993bf0146cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a000a68581f4895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d9bdf70fbe74402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68800e6a9a7e4a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147e6cb9811e409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d9bdf70fbe74402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61ea76e9ef24e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68800e6a9a7e4a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, UBS, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491773425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,860</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,500</x:t>
-[...200 lines deleted...]
-          <x:t>100,120</x:t>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,120</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,230</x:t>
-[...323 lines deleted...]
-          <x:t>101,015</x:t>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>