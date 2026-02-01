--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a000a68581f4895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde62d3fb58234053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68800e6a9a7e4a70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51803df0d32455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61ea76e9ef24e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68800e6a9a7e4a70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b158c1a54e4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51803df0d32455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, UBS, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491773425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>100,130</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,100</x:t>
-[...166 lines deleted...]
-          <x:t>100,275</x:t>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>