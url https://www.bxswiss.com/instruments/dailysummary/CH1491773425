--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde62d3fb58234053" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc823b1f504434f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51803df0d32455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d48775311a44098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b158c1a54e4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51803df0d32455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1378910d3f4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d48775311a44098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, UBS, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491773425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>100,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,270</x:t>
-[...43 lines deleted...]
-          <x:t>100,380</x:t>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,380</x:t>
-[...129 lines deleted...]
-          <x:t>100,050</x:t>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,960</x:t>
-[...188 lines deleted...]
-          <x:t>98,490</x:t>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>