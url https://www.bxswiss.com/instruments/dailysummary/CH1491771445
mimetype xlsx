--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81b9778c96a4c74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00899cd842ae4df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1834530486a14e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c96896d4a214b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2aa6eddfbf1427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1834530486a14e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e22b169fe3409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c96896d4a214b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.09% p.a. Multi Barrier Reverse Convertible on Lonza, Novartis, Partners Group, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491771445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -310,31 +219,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>