--- v1 (2025-11-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00899cd842ae4df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ffb911b22644fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c96896d4a214b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4737468d941049af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e22b169fe3409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c96896d4a214b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10dc95a785db464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4737468d941049af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.09% p.a. Multi Barrier Reverse Convertible on Lonza, Novartis, Partners Group, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491771445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>100,635</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,635</x:t>
-[...313 lines deleted...]
-          <x:t>100,300</x:t>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,000</x:t>
-[...26 lines deleted...]
-          <x:t>99,890</x:t>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>