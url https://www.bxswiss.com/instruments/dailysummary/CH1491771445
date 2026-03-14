--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ffb911b22644fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39de7d078c44072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4737468d941049af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85d08c1b19c431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10dc95a785db464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4737468d941049af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3178997c1d1f4faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85d08c1b19c431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.09% p.a. Multi Barrier Reverse Convertible on Lonza, Novartis, Partners Group, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491771445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>99,380</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,310</x:t>
-[...48 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,930</x:t>
-[...114 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>99,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>