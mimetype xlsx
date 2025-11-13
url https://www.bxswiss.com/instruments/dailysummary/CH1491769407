--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc47718835a47d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47426798c6fb43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3b36b5305c47a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe8ce36709640ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8efac64585814fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3b36b5305c47a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62551fa34abd4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe8ce36709640ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>