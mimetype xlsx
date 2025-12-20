--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47426798c6fb43bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2625375bf98428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe8ce36709640ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78b99be82ed4008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62551fa34abd4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe8ce36709640ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2caa47ad6e34215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78b99be82ed4008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...109 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>101,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>