--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2625375bf98428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194ab2924e2940b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78b99be82ed4008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35319fcc6fcd4d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2caa47ad6e34215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78b99be82ed4008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea52b983f8b6458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35319fcc6fcd4d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,735</x:t>
-[...31 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>101,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,665</x:t>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>101,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>