--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194ab2924e2940b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da47d06fcee416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35319fcc6fcd4d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R442f2ebd08ba4293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea52b983f8b6458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35319fcc6fcd4d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f12cf0ec804114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R442f2ebd08ba4293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>101,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>102,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>