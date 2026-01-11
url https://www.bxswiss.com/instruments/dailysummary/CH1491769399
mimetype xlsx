--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9705c029ce354313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7782bcb629bf4a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca4f3a25a2040ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6109735dd9764e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc027624f3a4b47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca4f3a25a2040ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b036e22e2c14d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6109735dd9764e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Broadcom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>100,410</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,220</x:t>
-[...43 lines deleted...]
-          <x:t>100,815</x:t>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
-[...544 lines deleted...]
-          <x:t>100,755</x:t>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>