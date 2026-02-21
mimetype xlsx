--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7782bcb629bf4a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7b26a7f04944fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6109735dd9764e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18ce07cda8c4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b036e22e2c14d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6109735dd9764e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2d413f00ce4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18ce07cda8c4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Broadcom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,735</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>