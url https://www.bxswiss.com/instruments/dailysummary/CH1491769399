--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7b26a7f04944fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb720234c2241db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra18ce07cda8c4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d8efb865194ca8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2d413f00ce4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra18ce07cda8c4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d40b4a0c4514c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d8efb865194ca8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Broadcom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>95,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>97,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,350</x:t>
-[...16 lines deleted...]
-          <x:t>96,940</x:t>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,780</x:t>
-[...431 lines deleted...]
-          <x:t>96,170</x:t>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>