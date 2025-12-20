--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151d55bfad2d48ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7e568f7923490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0764190b5e5845d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b622cf2eef040cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e01610f8754e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0764190b5e5845d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5441df0bad134a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b622cf2eef040cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Bayer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...76 lines deleted...]
-          <x:t>100,140</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,710</x:t>
-[...166 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>100,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>