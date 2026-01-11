--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e7e568f7923490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbacc969ef93c402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b622cf2eef040cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e942bd765649fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5441df0bad134a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b622cf2eef040cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb74d3538ff4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e942bd765649fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Bayer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>103,935</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,895</x:t>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>104,195</x:t>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,965</x:t>
-[...58 lines deleted...]
-          <x:t>104,065</x:t>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>