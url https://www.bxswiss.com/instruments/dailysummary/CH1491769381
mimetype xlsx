--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbacc969ef93c402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra804830da870458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e942bd765649fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83baf1c5af84586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb74d3538ff4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e942bd765649fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33138934aad462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83baf1c5af84586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Bayer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>