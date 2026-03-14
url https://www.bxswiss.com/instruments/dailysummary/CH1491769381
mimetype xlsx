--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra804830da870458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1273823be57e4758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83baf1c5af84586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R545054c481214038"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33138934aad462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83baf1c5af84586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3c95deca9f4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R545054c481214038" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Bayer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491769381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,390</x:t>
-[...16 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,450</x:t>
-[...80 lines deleted...]
-          <x:t>102,450</x:t>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
-        </x:is>
-[...403 lines deleted...]
-          <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>