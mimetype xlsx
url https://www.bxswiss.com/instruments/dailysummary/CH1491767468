--- v0 (2025-11-07)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b528afab623423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25faf26847c6414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a79abc608cc4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c7c5715af74486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2cfef2b694847f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a79abc608cc4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcdf4ff2f304ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c7c5715af74486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...70 lines deleted...]
-          <x:t>100,080</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>101,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>30.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,535</x:t>
-[...144 lines deleted...]
-          <x:t>99,000</x:t>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>