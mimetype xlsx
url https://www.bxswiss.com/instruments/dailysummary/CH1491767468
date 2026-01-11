--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25faf26847c6414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413df48e25694e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c7c5715af74486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eff603f199f412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcdf4ff2f304ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c7c5715af74486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba3f4eede8a43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eff603f199f412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>103,010</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,920</x:t>
-[...16 lines deleted...]
-          <x:t>102,980</x:t>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,720</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>104,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,255</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>