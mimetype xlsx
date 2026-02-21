--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413df48e25694e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bab35b0adf47b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eff603f199f412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6da3beb15e4918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba3f4eede8a43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eff603f199f412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R169d401826674932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6da3beb15e4918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,590</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>