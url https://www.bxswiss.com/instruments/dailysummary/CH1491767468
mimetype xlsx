--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bab35b0adf47b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d5f9cea61ed40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a6da3beb15e4918"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b565a48c1324c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R169d401826674932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a6da3beb15e4918" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f29cc87a0064ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b565a48c1324c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Freeport-McMoRan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...6 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,630</x:t>
-[...4 lines deleted...]
-          <x:t>102,540</x:t>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>102,590</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,390</x:t>
-[...11 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,700</x:t>
-[...31 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>102,650</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>102,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>