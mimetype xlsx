--- v0 (2025-11-07)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e4bf4075ac48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc90ed5cdc6244b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a49722c7fa34597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d7be9e572d4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b0c8f8317c4cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a49722c7fa34597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf56718f20de4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d7be9e572d4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...330 lines deleted...]
-          <x:t>101,035</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,610</x:t>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,505</x:t>
-[...80 lines deleted...]
-          <x:t>101,605</x:t>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>