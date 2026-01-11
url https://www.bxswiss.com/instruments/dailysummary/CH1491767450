--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc90ed5cdc6244b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c023b899454a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d7be9e572d4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8617bd10da3444c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf56718f20de4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d7be9e572d4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde71ff353c0e4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8617bd10da3444c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>102,310</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,310</x:t>
-[...286 lines deleted...]
-          <x:t>103,245</x:t>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,245</x:t>
+          <x:t>103,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>103,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>