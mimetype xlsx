--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c023b899454a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4752518efed74cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8617bd10da3444c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2e96c066014b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde71ff353c0e4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8617bd10da3444c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b2f4d0e24eb473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2e96c066014b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,585</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>