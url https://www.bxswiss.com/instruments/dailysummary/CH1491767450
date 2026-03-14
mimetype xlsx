--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4752518efed74cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85cf7ee8c3f24491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2e96c066014b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834e4be8d4bb4a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b2f4d0e24eb473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2e96c066014b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ff9d1e81f84606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834e4be8d4bb4a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1491767450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>100,765</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>101,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>