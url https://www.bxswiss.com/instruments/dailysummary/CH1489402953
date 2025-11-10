--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b6a33fef90745df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee0c470384e4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d14c6759fdc455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560bde347b0f4d12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R944b6b7d32fe415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d14c6759fdc455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb457ad81302494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560bde347b0f4d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1489402953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...46 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...70 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>1,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>