--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee0c470384e4715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe7d2ffa2204938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R560bde347b0f4d12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f2649ffba44df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb457ad81302494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R560bde347b0f4d12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abd7541344d4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f2649ffba44df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1489402953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,605</x:t>
-[...237 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>1,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>