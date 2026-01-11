--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe7d2ffa2204938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b74519350d4a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f2649ffba44df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22df68eb09f64efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abd7541344d4c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f2649ffba44df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0412cb602f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22df68eb09f64efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1489402953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
-[...102 lines deleted...]
-          <x:t>1,990</x:t>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,950</x:t>
-[...188 lines deleted...]
-          <x:t>2,065</x:t>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>2,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,195</x:t>
-[...85 lines deleted...]
-          <x:t>2,080</x:t>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>