--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b74519350d4a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b736d91007f45c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22df68eb09f64efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140467c41ff9456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0412cb602f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22df68eb09f64efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2fa7556a4db44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140467c41ff9456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1489402953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>2,525</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,515</x:t>
-[...58 lines deleted...]
-          <x:t>2,520</x:t>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>