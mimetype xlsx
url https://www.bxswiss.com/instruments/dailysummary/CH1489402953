--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b736d91007f45c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra616ef791b0548a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140467c41ff9456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d775fe65f3d4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2fa7556a4db44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140467c41ff9456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f2a6283ca04891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d775fe65f3d4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1489402953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>3,275</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,645</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,620</x:t>
-[...458 lines deleted...]
-          <x:t>5,110</x:t>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>