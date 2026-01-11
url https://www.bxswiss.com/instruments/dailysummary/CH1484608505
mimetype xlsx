--- v0 (2025-11-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee4b718688b4246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dee68b8b4cc4573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc7e0f773fc2475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f4e5acc8844cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0637d2af441440cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc7e0f773fc2475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ad4e0c01bc4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f4e5acc8844cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484608505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>95,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>