--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dee68b8b4cc4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf6cbdc571045be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f4e5acc8844cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249a0786081744d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ad4e0c01bc4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f4e5acc8844cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9475d349db498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249a0786081744d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484608505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>83,290</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>84,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>94,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>