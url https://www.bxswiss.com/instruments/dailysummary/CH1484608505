--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf6cbdc571045be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843035ed22e64613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249a0786081744d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc5d304829624549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9475d349db498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249a0786081744d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d76e500c64048d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc5d304829624549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484608505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>89,040</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>86,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,750</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>87,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>