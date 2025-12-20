--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c351dbfdd7a4937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832ef09dc5e64d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb73dce95384b473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae85b022c5df4e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb10205a8dd14431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb73dce95384b473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd273f90e01bb4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae85b022c5df4e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484603258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,593 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...388 lines deleted...]
-          <x:t>87,280</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,310</x:t>
-[...129 lines deleted...]
-          <x:t>82,430</x:t>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>83,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>