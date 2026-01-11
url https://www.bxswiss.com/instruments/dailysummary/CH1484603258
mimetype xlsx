--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832ef09dc5e64d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93351c0ebf8844d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae85b022c5df4e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e98ee2171d40a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd273f90e01bb4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae85b022c5df4e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9040063f204306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e98ee2171d40a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484603258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,460</x:t>
-[...576 lines deleted...]
-          <x:t>83,370</x:t>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>