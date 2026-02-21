--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93351c0ebf8844d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e07d613884483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e98ee2171d40a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ee43704c9f42e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9040063f204306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e98ee2171d40a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7669681dcc91424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ee43704c9f42e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484603258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>81,150</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>81,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>