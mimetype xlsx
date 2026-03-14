--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e07d613884483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf39ddbe9aa4dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ee43704c9f42e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c3edd8f944492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7669681dcc91424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ee43704c9f42e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbbf267ec94d4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c3edd8f944492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484603258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>62,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>