--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1e01dd136c4ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90556f1b5bc14acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee5c235154a42fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a77fed4afec435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc927f8d93c7640d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee5c235154a42fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1e1191a8234753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a77fed4afec435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,180</x:t>
-[...360 lines deleted...]
-          <x:t>95,950</x:t>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>