--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90556f1b5bc14acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ade31edf394c14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a77fed4afec435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbfb21fb1134528"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1e1191a8234753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a77fed4afec435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02514404fd0f4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbfb21fb1134528" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>87,530</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>