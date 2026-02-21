--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ade31edf394c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra28d3e973442430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbfb21fb1134528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b1248cef7a4b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02514404fd0f4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbfb21fb1134528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fdfe6230b104425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b1248cef7a4b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>74,220</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>