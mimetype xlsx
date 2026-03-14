--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra28d3e973442430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R883638ac551b4995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b1248cef7a4b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b814f5affbc4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fdfe6230b104425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b1248cef7a4b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e488c1bb0e541cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b814f5affbc4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>