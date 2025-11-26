--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118be1702cbc44cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9b54e70ec94a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0b92c604c94d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1756c721744bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03dd3ec175214e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0b92c604c94d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851e3b4e33b44fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1756c721744bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...438 lines deleted...]
-          <x:t>98,140</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,700</x:t>
-[...4 lines deleted...]
-          <x:t>96,780</x:t>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>