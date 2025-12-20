--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9b54e70ec94a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c8ba9a8c2344fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1756c721744bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d2714c075d41fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851e3b4e33b44fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1756c721744bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6683f6ca464b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d2714c075d41fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>96,620</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>97,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,860</x:t>
-[...33 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,130</x:t>
-[...333 lines deleted...]
-          <x:t>90,410</x:t>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>