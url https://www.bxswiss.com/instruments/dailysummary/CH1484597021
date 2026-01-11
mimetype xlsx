--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c8ba9a8c2344fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b61fcc58cd4322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d2714c075d41fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6720c88e83fe4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6683f6ca464b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d2714c075d41fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89a5602fb6d4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6720c88e83fe4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>