--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b61fcc58cd4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658abb3cb4cc4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6720c88e83fe4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394a7c0f3f3b4a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89a5602fb6d4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6720c88e83fe4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f332bb0fae24d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394a7c0f3f3b4a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,670</x:t>
-[...124 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,400</x:t>
-[...53 lines deleted...]
-          <x:t>93,860</x:t>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,350</x:t>
-[...151 lines deleted...]
-          <x:t>96,390</x:t>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>97,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>