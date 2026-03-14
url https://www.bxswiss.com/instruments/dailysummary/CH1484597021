--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658abb3cb4cc4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f0c856cb1c4d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394a7c0f3f3b4a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc00ca015b98741ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f332bb0fae24d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394a7c0f3f3b4a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c0894dbe5a4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc00ca015b98741ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484597021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,420</x:t>
-[...26 lines deleted...]
-          <x:t>96,720</x:t>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,780</x:t>
-[...254 lines deleted...]
-          <x:t>92,900</x:t>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>93,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,730</x:t>
-[...220 lines deleted...]
-          <x:t>96,090</x:t>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>