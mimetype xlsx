--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264ad2f485734ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea47b31e911425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2739642eaeb940f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7877e0c38bf4c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c552d46e0a142eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2739642eaeb940f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e37c6ce6994f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7877e0c38bf4c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on Barrick Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484586909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,176 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -351,31 +225,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>