--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f43dd39666843b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca46e34efd2d4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c86838940ef434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3245ca30abd4423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aebae9516f048be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c86838940ef434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f9d0d708ac4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3245ca30abd4423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484586784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,176 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -351,31 +225,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>