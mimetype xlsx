--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5731a35c0a4b4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree837ee9ab884344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570910e67c7d4f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bf5cfcfad647ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199bacf3fb2148a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570910e67c7d4f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1216069268f475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bf5cfcfad647ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Caterpillar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1484582486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,169 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -451,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>